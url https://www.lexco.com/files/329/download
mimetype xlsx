--- v0 (2025-10-13)
+++ v1 (2026-01-14)
@@ -1,354 +1,368 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\DATA\OWL8 Updates\Recent Well Logs\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F7D78427-614B-44BD-BD4E-57F0460B8FBD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{22F9292B-9553-4DEA-BDA2-909EF02A3D87}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="74">
   <si>
     <t>AREA</t>
   </si>
   <si>
     <t>BLOCK</t>
   </si>
   <si>
     <t>LEASE</t>
   </si>
   <si>
     <t>WELL</t>
   </si>
   <si>
     <t>API</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
+    <t>GC</t>
+  </si>
+  <si>
     <t>WR</t>
   </si>
   <si>
+    <t>001</t>
+  </si>
+  <si>
+    <t>ST</t>
+  </si>
+  <si>
+    <t>AC</t>
+  </si>
+  <si>
+    <t>0380</t>
+  </si>
+  <si>
+    <t>G32954</t>
+  </si>
+  <si>
+    <t>002</t>
+  </si>
+  <si>
+    <t>608054009301</t>
+  </si>
+  <si>
     <t>EI</t>
   </si>
   <si>
-    <t>AC</t>
-[...40 lines deleted...]
-  <si>
     <t>0324</t>
   </si>
   <si>
     <t>G36118</t>
   </si>
   <si>
     <t>B004</t>
   </si>
   <si>
-    <t>177104169701</t>
-[...41 lines deleted...]
-    <t>608114026006</t>
+    <t>177104169702</t>
+  </si>
+  <si>
+    <t>0436</t>
+  </si>
+  <si>
+    <t>G36437</t>
+  </si>
+  <si>
+    <t>608114077000</t>
+  </si>
+  <si>
+    <t>0563</t>
+  </si>
+  <si>
+    <t>G34992</t>
+  </si>
+  <si>
+    <t>608114077200</t>
+  </si>
+  <si>
+    <t>0782</t>
+  </si>
+  <si>
+    <t>G15610</t>
+  </si>
+  <si>
+    <t>014</t>
+  </si>
+  <si>
+    <t>608114051004</t>
   </si>
   <si>
     <t>KC</t>
   </si>
   <si>
-    <t>0736</t>
-[...50 lines deleted...]
-    <t>G16987</t>
+    <t>0785</t>
+  </si>
+  <si>
+    <t>G25806</t>
   </si>
   <si>
     <t>004</t>
   </si>
   <si>
-    <t>608124014500</t>
+    <t>608084007300</t>
+  </si>
+  <si>
+    <t>0964</t>
+  </si>
+  <si>
+    <t>G36694</t>
+  </si>
+  <si>
+    <t>608084007400</t>
+  </si>
+  <si>
+    <t>0216</t>
+  </si>
+  <si>
+    <t>G35321</t>
+  </si>
+  <si>
+    <t>608174149900</t>
+  </si>
+  <si>
+    <t>0392</t>
+  </si>
+  <si>
+    <t>G26253</t>
+  </si>
+  <si>
+    <t>AW002</t>
+  </si>
+  <si>
+    <t>608174148400</t>
+  </si>
+  <si>
+    <t>0806</t>
+  </si>
+  <si>
+    <t>G07962</t>
+  </si>
+  <si>
+    <t>MB012</t>
+  </si>
+  <si>
+    <t>608174123500</t>
+  </si>
+  <si>
+    <t>0940</t>
+  </si>
+  <si>
+    <t>G31534</t>
+  </si>
+  <si>
+    <t>VA010</t>
+  </si>
+  <si>
+    <t>608174147700</t>
+  </si>
+  <si>
+    <t>SM</t>
+  </si>
+  <si>
+    <t>0058</t>
+  </si>
+  <si>
+    <t>G01194</t>
+  </si>
+  <si>
+    <t>G004</t>
+  </si>
+  <si>
+    <t>177074093000</t>
+  </si>
+  <si>
+    <t>G006</t>
+  </si>
+  <si>
+    <t>177074093300</t>
+  </si>
+  <si>
+    <t>0024</t>
+  </si>
+  <si>
+    <t>00387</t>
+  </si>
+  <si>
+    <t>CS026</t>
+  </si>
+  <si>
+    <t>177174041304</t>
+  </si>
+  <si>
+    <t>0037</t>
+  </si>
+  <si>
+    <t>G02625</t>
+  </si>
+  <si>
+    <t>I009</t>
+  </si>
+  <si>
+    <t>177154121801</t>
+  </si>
+  <si>
+    <t>177154121802</t>
+  </si>
+  <si>
+    <t>177154121803</t>
+  </si>
+  <si>
+    <t>0051</t>
+  </si>
+  <si>
+    <t>G31938</t>
+  </si>
+  <si>
+    <t>SA010</t>
+  </si>
+  <si>
+    <t>608124013900</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
-    <font>
-[...3 lines deleted...]
-    </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -598,338 +612,686 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E13"/>
+  <dimension ref="A1:E19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="7.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="8.5703125" style="2" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7.28515625" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A3" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A4" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="E4" s="2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A5" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A6" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A7" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A8" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A9" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A10" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A11" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A12" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A13" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A14" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A15" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C2" s="3" t="s">
-[...27 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="B15" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A16" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A17" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A18" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A19" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="B4" s="3" t="s">
-[...162 lines deleted...]
-        <v>60</v>
+      <c r="B19" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:E8">
     <sortCondition ref="A2:A8"/>
     <sortCondition ref="B2:B8"/>
     <sortCondition ref="C2:C8"/>
     <sortCondition ref="D2:D8"/>
     <sortCondition ref="E2:E8"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="B2:E13" numberStoredAsText="1"/>
+    <ignoredError sqref="B2:E19" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CA214EFC2A6A344E80AC9BC556E648F3" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6dadbae1d717a8e84457798ae016cc6e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="cab9a051-d2fe-4ef6-b649-442982c6b830" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="11f82718c8e2af458bf060dc4fb24fe3" ns2:_="">
+    <xsd:import namespace="cab9a051-d2fe-4ef6-b649-442982c6b830"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cab9a051-d2fe-4ef6-b649-442982c6b830" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="14" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="16" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D083E13-BB5B-4ACD-9D90-85FFA37D5679}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8261D19-B4A8-4F37-85D4-C8EB50B561A2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F29D91FF-8B18-48BE-BEC4-0F925763FB0A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="cab9a051-d2fe-4ef6-b649-442982c6b830"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>rhays</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100CA214EFC2A6A344E80AC9BC556E648F3</vt:lpwstr>
+  </property>
+</Properties>
+</file>