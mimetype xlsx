--- v1 (2026-01-14)
+++ v2 (2026-03-15)
@@ -4,293 +4,194 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\DATA\OWL8 Updates\Recent Well Logs\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{22F9292B-9553-4DEA-BDA2-909EF02A3D87}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E6CDE2D-051E-448A-8B4C-283075661EF3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>AREA</t>
   </si>
   <si>
     <t>BLOCK</t>
   </si>
   <si>
     <t>LEASE</t>
   </si>
   <si>
     <t>WELL</t>
   </si>
   <si>
     <t>API</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>GC</t>
   </si>
   <si>
     <t>WR</t>
   </si>
   <si>
+    <t>0051</t>
+  </si>
+  <si>
+    <t>G31938</t>
+  </si>
+  <si>
+    <t>SA007</t>
+  </si>
+  <si>
+    <t>AC</t>
+  </si>
+  <si>
+    <t>0690</t>
+  </si>
+  <si>
+    <t>G34770</t>
+  </si>
+  <si>
     <t>001</t>
   </si>
   <si>
-    <t>ST</t>
-[...191 lines deleted...]
-    <t>608124013900</t>
+    <t>608054010401</t>
+  </si>
+  <si>
+    <t>0857</t>
+  </si>
+  <si>
+    <t>G17565</t>
+  </si>
+  <si>
+    <t>GA009</t>
+  </si>
+  <si>
+    <t>608054004701</t>
+  </si>
+  <si>
+    <t>0468</t>
+  </si>
+  <si>
+    <t>G26313</t>
+  </si>
+  <si>
+    <t>BP001</t>
+  </si>
+  <si>
+    <t>608114077301</t>
+  </si>
+  <si>
+    <t>0525</t>
+  </si>
+  <si>
+    <t>G31507</t>
+  </si>
+  <si>
+    <t>RB001</t>
+  </si>
+  <si>
+    <t>608174148300</t>
+  </si>
+  <si>
+    <t>0546</t>
+  </si>
+  <si>
+    <t>G25098</t>
+  </si>
+  <si>
+    <t>SS006</t>
+  </si>
+  <si>
+    <t>608174139802</t>
+  </si>
+  <si>
+    <t>0613</t>
+  </si>
+  <si>
+    <t>G19974</t>
+  </si>
+  <si>
+    <t>C003</t>
+  </si>
+  <si>
+    <t>608174103800</t>
+  </si>
+  <si>
+    <t>0822</t>
+  </si>
+  <si>
+    <t>G14658</t>
+  </si>
+  <si>
+    <t>019</t>
+  </si>
+  <si>
+    <t>608174143400</t>
+  </si>
+  <si>
+    <t>608124014001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -612,455 +513,270 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E19"/>
+  <dimension ref="A1:E9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="7.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="8.5703125" style="2" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7.28515625" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A2" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D2" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A5" s="2" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A7" s="2" t="s">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A8" s="2" t="s">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A9" s="2" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>40</v>
-      </c>
-[...168 lines deleted...]
-        <v>73</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:E8">
     <sortCondition ref="A2:A8"/>
     <sortCondition ref="B2:B8"/>
     <sortCondition ref="C2:C8"/>
     <sortCondition ref="D2:D8"/>
     <sortCondition ref="E2:E8"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="B2:E19" numberStoredAsText="1"/>
+    <ignoredError sqref="B2:E9" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CA214EFC2A6A344E80AC9BC556E648F3" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6dadbae1d717a8e84457798ae016cc6e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="cab9a051-d2fe-4ef6-b649-442982c6b830" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="11f82718c8e2af458bf060dc4fb24fe3" ns2:_="">
     <xsd:import namespace="cab9a051-d2fe-4ef6-b649-442982c6b830"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
@@ -1192,81 +908,96 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D083E13-BB5B-4ACD-9D90-85FFA37D5679}">
-[...15 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F29D91FF-8B18-48BE-BEC4-0F925763FB0A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="cab9a051-d2fe-4ef6-b649-442982c6b830"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8261D19-B4A8-4F37-85D4-C8EB50B561A2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D083E13-BB5B-4ACD-9D90-85FFA37D5679}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>